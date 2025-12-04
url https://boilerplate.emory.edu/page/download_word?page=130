--- v0 (2025-10-09)
+++ v1 (2025-12-04)
@@ -29,141 +29,144 @@
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <!--
       KNOWN BUGS:
       div
         h2
         div
           textnode (WONT BE WRAPPED IN A W:P)
           div
             table
             span
               text
     -->
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Department of Psychiatry &amp; Behavioral Sciences</w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
-        <w:t xml:space="preserve">Emory</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> psychiatric patients. </w:t>
+        <w:t xml:space="preserve">Emory </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Department of Psych</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">iatry and Behavioral Sciences</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> is an innovative global leader in discovery, training, and clinical care of psychiatric patients. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department has interdisciplinary programs that span the entirety of the human life cycle, from work with neonatal children to the care of geriatric patients.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> The program provides comprehensive psychiatric services for </w:t>
+        <w:t xml:space="preserve"> The program provides comprehensive psychiatric services for </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">all of</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Emory Healthcare Systems, Inc., as well as our affiliate hospitals: Grady Healthcare and the Atlanta VA Medical Center. It is one of the </w:t>
+        <w:t xml:space="preserve"> Emory Healthcare Systems, Inc., as well as our affiliate hospit</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">als</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: Grady Healthcare and the Atlanta VA Medical Center. It is one of the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">top</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> federally funded departments of psychiatry in the country, having extensive research </w:t>
+        <w:t xml:space="preserve"> federally funded departments of psychiatry in the country, having extensive research </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">expertise</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> across a wide spectrum of psychiatric </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">. The program is internationally known for research in prenatal exposures, stress neurobiology and </w:t>
+        <w:t xml:space="preserve"> across a wide spectrum of psychiatric inquiry. The program is internationally known for research in prenatal exposures, stress </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">neurobiology</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the pathogenesis</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> and treatment of </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">ety disorders. The department </w:t>
+        <w:t xml:space="preserve"> and treatment of mood and anxiety disorders. The department </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">is able to</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> provide a variety of </w:t>
+        <w:t xml:space="preserve"> provide a variety of </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">different types</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> of training experiences for undergraduate students, medical students, pre- and postdoctoral graduate students, psychiatric </w:t>
+        <w:t xml:space="preserve"> of training experiences for undergraduate students, medical students, pre- and postdoctoral graduate students, psychiatric </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">residents</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> and fellows in a variety of psychiatry subspecialties. Facilities for drawing and </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> biological samples are located in </w:t>
+        <w:t xml:space="preserve"> and fellows in a variety of psychiatry subspecialties. Facilities for drawing and </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">processing </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">biological samples are located in </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Department</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> of Psychiatry and Behavioral Sciences on the 3rd floor of the Brain Health Center. This lab has phlebotomy supplies, laboratory processing and storage, and other equipment for human studies. This site is supported by certified personnel and coordinators.</w:t>
+        <w:t xml:space="preserve"> of Psych</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">iatry and Behavioral Sciences on the 3rd floor of</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 12 Executive Park</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. This lab has phlebotomy supplies, laboratory processing and storage, and other equipment for human studies. This site is supported by certified personnel and coordinators.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00187EAF" w:rsidRPr="00E01725">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>