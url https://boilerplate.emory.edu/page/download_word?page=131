--- v0 (2025-10-13)
+++ v1 (2026-01-08)
@@ -29,135 +29,186 @@
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <!--
       KNOWN BUGS:
       div
         h2
         div
           textnode (WONT BE WRAPPED IN A W:P)
           div
             table
             span
               text
     -->
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Department of Psychiatry &amp; Behavioral Sciences - TMS Suite</w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
-        <w:t xml:space="preserve">The </w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> is </w:t>
+        <w:t xml:space="preserve">The Transcranial Magnetic Stimulation (</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">TMS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">) Suite</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> is </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">located</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> on the ground floor of the Emory Brain Health Center. The suite consists of two spacious treatment rooms designed for the simultaneous use of two TMS machines. Patients in both rooms can be </w:t>
+        <w:t xml:space="preserve"> on the ground floor of </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">12 Executive Park</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> The suite consists of two spacious treatment rooms designed for the simultaneous use of two </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">TMS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> machines. Patients in both rooms can be </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">observed</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> from the Clinical Coordinators’ post. Televisions are installed in both rooms to keep the patient occupied during the 40 minutes of </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">suite is equipped with dedicated power supplies to meet the </w:t>
+        <w:t xml:space="preserve"> from the Clinical Coordinators’ post. Televisions are installed in both rooms to keep the patient occupied during the 40 minutes of </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">r</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">TMS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> treatments, as patients are required to remain awake throughout the treatment session. The </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">wheelchair-accessible </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">suite is equipped with dedicated power supplies to meet the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">requirement</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> of the TMS machines. The TMS clinic has installed the </w:t>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">TMS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> machines. The </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">TMS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> clinic has installed the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">MagVenture</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> TMS Device, which is capable of both </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> and theta burst treatments. New </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">TMS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Device, which is capable of both </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">r</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">TMS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and theta burst treatments. New </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Neuronavigation</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> equipment provides greater precision </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> treatment and </w:t>
+        <w:t xml:space="preserve"> equipment provides greater precision and </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">stimulation</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> localization. The suite </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">als</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">o uses the Cool-B65 A/P, butterfly (figure 8) coil with active cooling to administer </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">r</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">TMS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> treatment and </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">operate</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> as a placebo coil. Double blind research studies are made possible by the fact that there is no difference in appearance between the active and placebo coils. </w:t>
+        <w:t xml:space="preserve"> as a placebo coil. Double blind research studies are made possible by the fact that there is no difference in appearance between </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the active</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and placebo coils. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A Cool D-B80 coil is available for OCD treatment. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00187EAF" w:rsidRPr="00E01725">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>