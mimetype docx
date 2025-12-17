--- v0 (2025-10-21)
+++ v1 (2025-12-17)
@@ -29,383 +29,524 @@
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <!--
       KNOWN BUGS:
       div
         h2
         div
           textnode (WONT BE WRAPPED IN A W:P)
           div
             table
             span
               text
     -->
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Department of Neurology - Emory ALS Center</w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
-        <w:t xml:space="preserve">The Emory ALS Center </w:t>
+        <w:t xml:space="preserve">The Emory </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ALS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Center</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">is</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">part of the Emory Brain Health Center in Atlanta, GA. Led by Dr. Jonathan Glass, it is recognized nationally as a Treatment Center of Excellence by the ALS Association (ALSA) and is </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">part of Emory </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Brain Health</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> in Atlanta, GA. Led by Dr. Jonathan Glass, it is recognized nationally as a Treatment Center of Excellence by the </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ALS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Association (</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ALS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">A) and is </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">designated</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> a Certified ALS Center by the Muscular Dystrophy Assocation (MDA). The Emory ALS Center is now one of the largest clinical centers for ALS in the United States. </w:t>
+        <w:t xml:space="preserve"> a Certified </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ALS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Center</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> by the Muscular Dystrophy </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Assocation</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (MDA). The Emory </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ALS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Center</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> is now one of the largest clinical centers for </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ALS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> in the United States. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Its</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> team approach to ALS care and research bridges multiple disciplines and departments. </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">It is </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">team</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> approach to </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ALS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> care and research bridges multiple disciplines and departments. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">It is </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">comprised</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> of</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> physicians, nurses, therapists, social workers, basic and clinical research scientists, students, fellows, and volunteers</w:t>
+        <w:t xml:space="preserve"> of</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> physicians, nurses, therapists, social workers, basic and clinical research scientists, students, fellows, and volunteers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
         <w:t xml:space="preserve">Laboratory</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
-        <w:t xml:space="preserve">The </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> laboratory is equipped with both room temperature and refrigerated centrifuges for spinning and aliquoting blood and spinal fluid samples. 4 -80˚C freezers are used for storage of patient samples. All patient samples are recorded in a local Access database for easy retrieval and shipping.</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ALS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Center</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">’s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> laboratory is equipped with both room temperature and refrigerated centrifuges for spinning and aliquoting blood and spinal fluid samples. 4 -80˚C freezers are used for storage of patient samples. All patient samples are recorded in a local Access database for easy retrieval and shipping.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
         <w:t xml:space="preserve">Clinical</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
-        <w:t xml:space="preserve">The Emory ALS Clinic is located </w:t>
+        <w:t xml:space="preserve">The Emory </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ALS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Clinic is located </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">at t</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">he Emory Clinic.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Patients are seen at the Brain Health Center (BHC) at Executive Park 12 or in Clinic B, on Emory’s main campus. The Neuromuscular section is </w:t>
+        <w:t xml:space="preserve"> Patients are seen at </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">12 </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Executive Park or in Clinic B, on Emory’s main campus. The Neuromuscular section is </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">located</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> on the 4th floor of the BHC, and includes:</w:t>
+        <w:t xml:space="preserve"> on the 4th floor of the </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">12 </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Executive Park</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, and includes:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">15 exam rooms</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">4 EMG machines / 3 EMG rooms</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Scales</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> 2 standing (one electric); one seated</w:t>
+        <w:t xml:space="preserve"> 2 standing (one electric); one seated</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Electric Hoyer lift</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2 digital spirometers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">1 negative inspiratory force meter</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">1 Cough Assist machine (Respironics)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">1 Handheld dynamometer for QMT</w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-    <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
-        <w:t xml:space="preserve">Computer</w:t>
+        <w:t xml:space="preserve">All exam rooms have powered exam tables that </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">allow for</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> patients to be lifted to the </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">appropriate height</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> for lumbar puncture. Phlebotomy is done in </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">patient</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> rooms.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
-        <w:t xml:space="preserve">Emory University is complete</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">access an extensive catalog of online journals and provides all major database library services. The PI has 5 Apple Macintosh computers and 2 Dell PC computers. All personnel have access to a computer for data analysis, email, and internet services. The image analysis core for the Center for Neurodegenerative Disease has multiple Macintosh and PC computers for imaging and graphics.</w:t>
+        <w:t xml:space="preserve">Computer</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
-        <w:t xml:space="preserve">Other</w:t>
+        <w:t xml:space="preserve">Emory University is complete</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ly</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> networked for internal communication and internet access. The Woodruff Health Sciences Library allows </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">researchers to </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">access an extensive catalog of online journ</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">als</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and provides all major database library services. The PI has 5 Apple Macintosh computers and 2 Dell PC computers. All personnel have access to a computer for data analysis, email, and internet services. The image analysis core for the Center for Neurodegenerative Disease has multiple Macintosh and PC computers for imaging and graphics.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
-        <w:t xml:space="preserve">Emory University, the School of Medicine</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> support.</w:t>
+        <w:t xml:space="preserve">Office</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
-        <w:t xml:space="preserve">Major Equipment</w:t>
+        <w:t xml:space="preserve">The PI has adequate office space </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">adjacent to</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> his </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">laboratories</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
-        <w:t xml:space="preserve">Standard laboratory equipment needed for this project is available in the Glass </w:t>
+        <w:t xml:space="preserve">Other</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
+      <w:r>
+        <w:t xml:space="preserve">Emory University, the School of Medicine</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and the Department of Neurology provide the PI with infrastructure support in the form of space, equipment, administrative personnel for </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">grants</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">management;</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">secretarial</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> support.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
+      <w:r>
+        <w:t xml:space="preserve">Major Equipment</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
+      <w:r>
+        <w:t xml:space="preserve">Standard laboratory equipment needed for this project is available in the Glass </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">lab</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. This includes centrifuges for blood and spinal fluid preparation and PCR machines for screening DNA samples for C9 expansion mutations. Culture facilities for the generation and storage of patient fibroblasts are shared among investigators in the Center for Neurodegenerative Disease. The Emory Stem Cell Core is contracted for generation of </w:t>
+        <w:t xml:space="preserve">. This includes centrifuges for blood and spinal fluid preparation and PCR machines for screening DNA samples for C9 expansion mutations. Culture facilities for the generation and storage of patient fibroblasts are shared among investigators in the Center for Neurodegenerative Disease. The Emory Stem Cell Core is contracted for generation of </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">iPS</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> cells from fibroblasts.</w:t>
+        <w:t xml:space="preserve"> cells from fibroblasts.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00187EAF" w:rsidRPr="00E01725">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
@@ -447,123 +588,532 @@
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ ゴシック">
     <w:charset w:val="4E"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="099A08C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="●"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="●"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="●"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="●"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="●"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="●"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="099A08C2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="099A08C3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="099A08C4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="099A08C5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="099A08C6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="099A08C7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="099A08C8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C04F10"/>
     <w:rsid w:val="00042D86"/>
     <w:rsid w:val="000629CC"/>
     <w:rsid w:val="00181FD4"/>
     <w:rsid w:val="00187EAF"/>
     <w:rsid w:val="001F2243"/>