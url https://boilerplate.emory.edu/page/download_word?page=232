--- v0 (2025-10-18)
+++ v1 (2025-12-10)
@@ -29,126 +29,138 @@
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <!--
       KNOWN BUGS:
       div
         h2
         div
           textnode (WONT BE WRAPPED IN A W:P)
           div
             table
             span
               text
     -->
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Emory Sleep Center</w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
-        <w:t xml:space="preserve">Emor</w:t>
-[...74 lines deleted...]
-        <w:t xml:space="preserve"> private bathrooms, desks, recliners, cable televisions, internet access, and large, non-opening windows with outdoor views. The facility is secure with staff present 24 hours a day, 7 days a week. Meals are provided in patients’ rooms. Beds are fully adjustable, non-hospital beds with separate, controlled head-of-bed and feet elevation.</w:t>
+        <w:t xml:space="preserve">Emory </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Sleep </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Center</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (ESC) </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">located</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> on the 4th floor of 12 Executive Park Drive in Atlanta, Georgia, with </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">additional</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> clinics and labs at Emory Johns Creek Hospital, Emory Decatur Hospital, and Emory Hillendale Hospital. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The ESC contains offices for both staff and faculty, as well as clinical space.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> This clinical space at Executive Park consists of 6 examination rooms and a reception area totaling </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">3,000 square feet</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. The ESC </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Sleep </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Laboratory (ESCSL) is </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">immediately</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">adjacent to</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ESC at Executive Park. ESCSL is considered an Emory Core Laboratory, and it is accredited by the American Academy of </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Sleep </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Medicine. It consists of 3,960 square feet of space, including 9 bedrooms, a large </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">technologist</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> work room, separate linen and supply closets, and a small kitchenette. Several of the bedrooms are quite large. The two largest rooms are </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">330 square feet</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. All bedrooms are sound-attenuated and </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">maintain</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> private bathrooms, desks, recliners, cable televisions, internet access, and large, non-opening windows with outdoor views. The facility is secure with staff present 24 hours a day, 7 days a week. Me</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">als</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> are provided in patients’ rooms. Beds are fully adjustable, non-hospital beds with separate, controlled head-of-bed and feet elevation.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00187EAF" w:rsidRPr="00E01725">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>