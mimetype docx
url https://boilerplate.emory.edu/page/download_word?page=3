--- v0 (2025-12-04)
+++ v1 (2026-01-27)
@@ -24,411 +24,403 @@
   <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
   <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/>
 </Relationships>
 
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <!--
       KNOWN BUGS:
       div
         h2
         div
           textnode (WONT BE WRAPPED IN A W:P)
           div
             table
             span
               text
     -->
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The Robert W. Woodruff Health Sciences Center - Figures and Rankings - OLD</w:t>
+        <w:t xml:space="preserve">The Robert W. Woodruff Health Sciences Center - Figures and Rankings - 2025</w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Comprehensive Figures in Woodruff Health Sciences Center (WHSC)</w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">Comprehensive Figures in Woodruff Health Sciences Center (WHSC) – 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
-        <w:t xml:space="preserve">Faculty.................................................................................................................... 3,459</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Faculty.................................................................................................................... 4,230 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Adjunct faculty.......................................................................................................1,397</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Adjunct faculty.......................................................................................................1,713</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
+      <w:r>
+        <w:t xml:space="preserve">Students and trainees............................................................................................6,237 </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Medical ................................................................................................................556</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Medical ................................................................................................................611 </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Medical residents and fellows .......................................................................1,311</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Medical residents and fellows .......................................................................1,439</w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Nursing ...............................................................................................................899</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Nursing ...............................................................................................................1,435</w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Public health .................................................................................................. 1,344</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Public health .................................................................................................. 1,183 </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Postdocs .............................................................................................................495</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Postdocs .............................................................................................................480 </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Allied Health ..................................................................................................... 530</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Allied Health ..................................................................................................... 532 </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Graduate Division of Biological &amp; Biomedical Sciences..............................402</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Graduate Division of Biological &amp; Biomedical Sciences..............................431 </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">MD/PhD ...............................................................................................................93</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">MD/PhD ...............................................................................................................89 </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Master’s in Clinical Research .............................................................................45</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Master’s in Clinical Research .............................................................................37 </w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
+      <w:r>
+        <w:t xml:space="preserve">Employees (includes 3,459 faculty) ..................................................................31,141 </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Hospital beds .........................................................................................................2,746</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Annual Emory Healthcare hospital admissions ............................................. 103,131 </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Annual Emory Healthcare outpatient service visits ...............................7.1 million </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Number of unique patients treated annually in Emory Healthcare ......... 787,450</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Annual inpatient and outpatient service visits (Emory Healthcare &amp; affiliate hospitals).................................................7.2 million </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Research funding (fiscal year 2023) .................................................. $1,042 billion </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">WHSC annual community benefit .................................................... $989 million</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Total buildings ....................................................................................................... &gt;105</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Total net square feet....................................................................................5.7 million </w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...108 lines deleted...]
-        <w:t xml:space="preserve">WHSC annual community benefit .................................................... $558.8 million </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Rankings</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Rankings </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">For more rankings, see </w:t>
+        <w:t xml:space="preserve">For more rankings, see </w:t>
       </w:r>
       <w:hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="000080"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://whsc.emory.edu/about/facts-and-figures/rankings.html </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t xml:space="preserve">US News &amp; World Report</w:t>
       </w:r>
       <w:r>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Emory University Hospital: 1 metro Atlanta, 1 Georgia</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
+      <w:r>
+        <w:t xml:space="preserve">Emory Saint Joseph’s Hospital: 2 metro Atlanta, 2 Georgia</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Emory University Hospital Midtown: 7 metro Atlanta, 8 Georgia</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Emory University School of Medicine: Tier 1 for research-oriented medical schools, </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Nell Hodgson Woodruff School of Nursing: 4</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Rollins School of Public Health: 3 </w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">National Institutes of Health research funding</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
+      <w:r>
+        <w:t xml:space="preserve">Emory University School of Medicine: 18 </w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Emory University Hospital: 1 metro Atlanta, 1 Georgia</w:t>
-[...5 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Nell Hodgson Woodruff School of Nursing: 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Rollins School of Public Health: 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
-        <w:t xml:space="preserve">Emory University School of Medicine: 18</w:t>
-      </w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Newsweek</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
+      <w:r>
+        <w:t xml:space="preserve">Emory University Hospital: 1 Georgia</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
+      <w:r>
+        <w:t xml:space="preserve">Emory Rehabilitation Hospital: 1 in Georgia</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
+      <w:r>
+        <w:t xml:space="preserve">Emory Saint Joseph’s Hospital: 2 in Georgia</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
+      <w:r>
+        <w:t xml:space="preserve">Emory University Hospital Midtown: 5 in Georgia</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:pkg="http://schemas.microsoft.com/office/2006/xmlPackage" xmlns:str="http://exslt.org/strings" xmlns:fn="http://www.w3.org/2005/xpath-functions">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Rollins School of Public Health: 6</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00187EAF" w:rsidRPr="00E01725">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>