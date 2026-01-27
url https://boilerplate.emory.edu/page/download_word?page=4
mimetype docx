--- v0 (2025-10-15)
+++ v1 (2026-01-27)
@@ -128,51 +128,51 @@
       <w:r>
         <w:t xml:space="preserve">Clinical trials: Emory currently has 21,188 participants enrolled in 2,005 clinical trials of investigational drugs, devices, and procedures, more trials than any other institution in the state.</w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Technology transfer: Over the past 10 years, Emory has launched 24 products into the marketplace and helped create 51 start-up companies (28 in Georgia) in drug discovery, medical devices, diagnostics, and software. More than 90% of U.S. HIV/AIDS patients on lifesaving therapy take a drug discovered at Emory. In the same decade, Emory investigators have filed 1,615 patent applications in the U.S. and have been issued 284 patents in this country. The 52 patents Emory was granted in fiscal year 2018 addressed a range of technology types, therapeutics, vaccines, medical devices, and software, as well as different diseases, including cancer, infections, and orphan/rare conditions.</w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Research dollars: The WHSC received $685.8 million in sponsored research funds in fiscal year 2018, bringing Emory’s total for the year to $734 million. These awards include re-funding from the NIH of the Georgia Clinical &amp; Translational Science Alliance, funding from the Gates Foundation for continued support of the Child Health and Mortality Prevention Surveillance Network, support from the Marcus Foundation to support a stroke network, and dollars from National Highway Traffic Safety Administration to study motor vehicle crashes in metro Atlanta.</w:t>
+        <w:t xml:space="preserve">Research dollars: The WHSC received $1,042 billion in sponsored research funds in fiscal year 2023, bringing Emory’s total for the year to $1,065 billion. These awards include re-funding from the NIH of the Georgia Clinical &amp; Translational Science Alliance, funding from the Gates Foundation for continued support of the Child Health and Mortality Prevention Surveillance Network, support from the Marcus Foundation to support a stroke network, and dollars from National Highway Traffic Safety Administration to study motor vehicle crashes in metro Atlanta.</w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Physician workforce: Emory’s medical school provides more than half of the residency training positions in Georgia; 53 of the medical school’s 106 residency programs are the only such programs in the state. Such programs provide a critical recruiting base for Georgia’s physician workforce.</w:t>
       </w:r>
     </w:p>
     <w:p xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vaccine testing and development: The Emory Vaccine Center is one of the largest academic vaccine centers in the world, with scientists working on vaccines for influenza, Ebola, AIDS, malaria, hepatitis C, tuberculosis, and other diseases. Emory’s Hope Clinic, which conducts clinical trials for promising vaccines, is part of the country’s premier networks for vaccine and prevention trials for infectious diseases, including globally emerging diseases like Ebola, Zika, and Chikungunya.</w:t>
       </w:r>